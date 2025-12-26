--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -12,686 +12,740 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Subscribers</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Topics</t>
   </si>
   <si>
     <t>MrBeast Gaming</t>
   </si>
   <si>
     <t>gaming</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
-    <t>Simulation_video_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Strategy_video_game, Action_game</t>
+    <t>Strategy_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Simulation_video_game, Action_game</t>
   </si>
   <si>
     <t>Boram Tube Vlog [보람튜브 브이로그]</t>
   </si>
   <si>
     <t>vlog</t>
   </si>
   <si>
+    <t>Lifestyle_(sociology), Hobby</t>
+  </si>
+  <si>
+    <t>Logan Paul</t>
+  </si>
+  <si>
+    <t>Boxing, Lifestyle_(sociology), Sport</t>
+  </si>
+  <si>
+    <t>The Game Theorists</t>
+  </si>
+  <si>
+    <t>Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Family Games Media</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Entertainment</t>
+  </si>
+  <si>
+    <t>GWK</t>
+  </si>
+  <si>
+    <t>Action_game, Role-playing_video_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Rockstar Games</t>
+  </si>
+  <si>
+    <t>CaseyNeistat</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>emma chamberlain</t>
+  </si>
+  <si>
+    <t>FV FAMILY</t>
+  </si>
+  <si>
+    <t>Entertainment, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Beluga</t>
+  </si>
+  <si>
+    <t>meme</t>
+  </si>
+  <si>
+    <t>Daz Games</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Smosh Games</t>
+  </si>
+  <si>
+    <t>Television_program, Entertainment, Film</t>
+  </si>
+  <si>
+    <t>Priya and Sid</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>Tourism, Lifestyle_(sociology), Food</t>
+  </si>
+  <si>
+    <t>Kənd Həyatı</t>
+  </si>
+  <si>
+    <t>Hobby, Food, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Bhad Bhabie</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Music, Hip_hop_music, Pop_music</t>
+  </si>
+  <si>
+    <t>Royalty Gaming</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Action_game</t>
+  </si>
+  <si>
+    <t>Let's Game It Out</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Strategy_video_game, Action_game, Casual_game</t>
+  </si>
+  <si>
+    <t>Music Travel Love</t>
+  </si>
+  <si>
+    <t>music</t>
+  </si>
+  <si>
+    <t>Country_music, Music, Pop_music</t>
+  </si>
+  <si>
+    <t>Gamer Robot</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Action_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>BolingBros</t>
+  </si>
+  <si>
+    <t>Entertainment</t>
+  </si>
+  <si>
+    <t>Kitt Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game, Action_game</t>
+  </si>
+  <si>
+    <t>Tanmay Bhat</t>
+  </si>
+  <si>
+    <t>Entertainment, Film</t>
+  </si>
+  <si>
+    <t>Zoe Sugg</t>
+  </si>
+  <si>
     <t>Hobby, Lifestyle_(sociology)</t>
   </si>
   <si>
-    <t>Logan Paul</t>
-[...5 lines deleted...]
-    <t>The Game Theorists</t>
+    <t>LockPickingLawyer</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Technology</t>
+  </si>
+  <si>
+    <t>Kara and Nate</t>
+  </si>
+  <si>
+    <t>Tourism, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dallin and Bella </t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Tourism</t>
+  </si>
+  <si>
+    <t>Quang Linh Vlogs - Cuộc Sống ở Châu Phi</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Knowledge</t>
+  </si>
+  <si>
+    <t>Camodo Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Simulation_video_game, Video_game_culture, Action-adventure_game, Action_game, Racing_video_game</t>
+  </si>
+  <si>
+    <t>Haley Pham</t>
+  </si>
+  <si>
+    <t>Judo Sloth Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Strategy_video_game, Video_game_culture</t>
+  </si>
+  <si>
+    <t>J House Vlogs</t>
+  </si>
+  <si>
+    <t>Dhruv Rathee Vlogs</t>
+  </si>
+  <si>
+    <t>MUNNO Gaming</t>
+  </si>
+  <si>
+    <t>Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>ThatcherJoeVlogs</t>
+  </si>
+  <si>
+    <t>Annoying Orange Gaming</t>
+  </si>
+  <si>
+    <t>Jaden Williams</t>
+  </si>
+  <si>
+    <t>Film, Entertainment, Humour</t>
+  </si>
+  <si>
+    <t>FedorUK Vlogs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Anazala Family 2  </t>
+  </si>
+  <si>
+    <t>Game Master Network</t>
+  </si>
+  <si>
+    <t>Film, Lifestyle_(sociology), Entertainment</t>
+  </si>
+  <si>
+    <t>PiñaColadaSad</t>
+  </si>
+  <si>
+    <t>anime</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Film, Entertainment</t>
+  </si>
+  <si>
+    <t>Ghoulz Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>JKrew Gaming</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Video_game_culture, Action-adventure_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Gamers Nexus</t>
+  </si>
+  <si>
+    <t>xKito Music</t>
+  </si>
+  <si>
+    <t>Pop_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>Scotty Sire</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Music</t>
+  </si>
+  <si>
+    <t>Meme Zee</t>
+  </si>
+  <si>
+    <t>Video_game_culture, Entertainment</t>
+  </si>
+  <si>
+    <t>Jakerton</t>
+  </si>
+  <si>
+    <t>Video_game_culture, Humour, Entertainment, Film</t>
+  </si>
+  <si>
+    <t>Neebs Gaming</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Action-adventure_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Full Squad Gaming</t>
+  </si>
+  <si>
+    <t>Huggbees</t>
+  </si>
+  <si>
+    <t>ATHENA Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Action_game, Role-playing_video_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>Norris Nuts Gaming</t>
+  </si>
+  <si>
+    <t>Lessons in Meme Culture</t>
+  </si>
+  <si>
+    <t>Entertainment, Society</t>
+  </si>
+  <si>
+    <t>hotdiggedydemon</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action_game, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Fatih GAMING</t>
+  </si>
+  <si>
+    <t>Hudson's Playground Gaming</t>
+  </si>
+  <si>
+    <t>Racing_video_game, Simulation_video_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>LookOut3D</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>ViscaBarca</t>
+  </si>
+  <si>
+    <t>Association_football, Sport</t>
+  </si>
+  <si>
+    <t>Juan.</t>
+  </si>
+  <si>
+    <t>Action_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Digster Pop Music</t>
+  </si>
+  <si>
+    <t>Electronic_music, Pop_music, Music, Soul_music, Independent_music</t>
+  </si>
+  <si>
+    <t>Romee Strijd</t>
+  </si>
+  <si>
+    <t>Fashion, Lifestyle_(sociology), Tourism</t>
+  </si>
+  <si>
+    <t>Cac2us Games</t>
+  </si>
+  <si>
+    <t>Racing_video_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>The Meme Sheep</t>
+  </si>
+  <si>
+    <t>K-City Gaming</t>
+  </si>
+  <si>
+    <t>Dad V Girls</t>
+  </si>
+  <si>
+    <t>Get Good Gaming</t>
+  </si>
+  <si>
+    <t>Sam Tabor Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Action_game, Casual_game, Simulation_video_game, Sports_game</t>
+  </si>
+  <si>
+    <t>KairosTime Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Strategy_video_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Arekkz Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action-adventure_game, Strategy_video_game, Action_game</t>
+  </si>
+  <si>
+    <t>CKN Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Mexify Games</t>
+  </si>
+  <si>
+    <t>Rockit Music</t>
+  </si>
+  <si>
+    <t>Music, Video_game_culture</t>
+  </si>
+  <si>
+    <t>HaVoC Gaming</t>
+  </si>
+  <si>
+    <t>Action_game, Role-playing_video_game, Video_game_culture, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>Song des Tages</t>
+  </si>
+  <si>
+    <t>Electronic_music, Pop_music, Music</t>
+  </si>
+  <si>
+    <t>Gaming Media</t>
+  </si>
+  <si>
+    <t>Lando Norris</t>
+  </si>
+  <si>
+    <t>Sport, Vehicle, Lifestyle_(sociology), Motorsport</t>
+  </si>
+  <si>
+    <t>JoSa_Craft</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Role-playing_video_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Chill Music Lab</t>
+  </si>
+  <si>
+    <t>Electronic_music, Music</t>
+  </si>
+  <si>
+    <t>Trashcan</t>
+  </si>
+  <si>
+    <t>Action_game, Action-adventure_game, Video_game_culture, Casual_game, Puzzle_video_game, Strategy_video_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Daily Dose Of Memes</t>
+  </si>
+  <si>
+    <t>Film, Entertainment, Video_game_culture</t>
+  </si>
+  <si>
+    <t>KTG Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action-adventure_game, Action_game</t>
+  </si>
+  <si>
+    <t>Zeliha Akpinar</t>
+  </si>
+  <si>
+    <t>Health, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Sopo Squad Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Role-playing_video_game, Video_game_culture, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Titi Games</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Video_game_culture, Role-playing_video_game, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Kick Game</t>
+  </si>
+  <si>
+    <t>Entertainment, Fashion, Lifestyle_(sociology), Hobby</t>
+  </si>
+  <si>
+    <t>ERWIN GAMING</t>
+  </si>
+  <si>
+    <t>Gaming Historian</t>
+  </si>
+  <si>
+    <t>Technology, Video_game_culture, Action_game, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Force Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Role-playing_video_game, Video_game_culture, Action_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>D Billions VLOG English</t>
+  </si>
+  <si>
+    <t>Film, Entertainment, Lifestyle_(sociology), Hobby</t>
+  </si>
+  <si>
+    <t>Đông PauLo Vlogs - Cuộc Sống ở Châu Phi</t>
+  </si>
+  <si>
+    <t>Life Of Riza</t>
+  </si>
+  <si>
+    <t>Racing Car Games</t>
   </si>
   <si>
     <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Action_game</t>
   </si>
   <si>
-    <t>The LaBrant Fam</t>
-[...305 lines deleted...]
-    <t>K-City Gaming</t>
+    <t>Tribe Gaming</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>Trev and Chels</t>
+  </si>
+  <si>
+    <t>datteltäter</t>
+  </si>
+  <si>
+    <t>Relax Cafe Music</t>
+  </si>
+  <si>
+    <t>Music, Music_of_Latin_America, Jazz</t>
+  </si>
+  <si>
+    <t>Gremix Gaming</t>
+  </si>
+  <si>
+    <t>Casual_game, Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Papaplatte Gaming</t>
+  </si>
+  <si>
+    <t>Malte Marten Music</t>
+  </si>
+  <si>
+    <t>Classical_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>StreetCan</t>
+  </si>
+  <si>
+    <t>Film, Humour, Entertainment</t>
+  </si>
+  <si>
+    <t>Gatorland VLOGS (GatorlandTV)</t>
+  </si>
+  <si>
+    <t>Stas Karanikolaou</t>
+  </si>
+  <si>
+    <t>Taylor Bell</t>
+  </si>
+  <si>
+    <t>Blue Television Games</t>
+  </si>
+  <si>
+    <t>Puzzle_video_game, Role-playing_video_game, Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>TPM - Top Persian Music</t>
+  </si>
+  <si>
+    <t>Music, Pop_music</t>
+  </si>
+  <si>
+    <t>Senpai Gaming</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Technology, Video_game_culture</t>
+  </si>
+  <si>
+    <t>Sticky - Minecraft memes</t>
+  </si>
+  <si>
+    <t>PRG - Pyre realm gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Action_game, Racing_video_game</t>
+  </si>
+  <si>
+    <t>Monsterwolf Music</t>
+  </si>
+  <si>
+    <t>Hip_hop_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>InShane Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Video_game_culture, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>KG Gaming</t>
   </si>
   <si>
     <t>Role-playing_video_game, Action_game, Video_game_culture, Action-adventure_game, Strategy_video_game</t>
   </si>
   <si>
-    <t>Dad V Girls</t>
-[...206 lines deleted...]
-    <t>KG Gaming</t>
+    <t>Gaming With K</t>
+  </si>
+  <si>
+    <t>Sports_game, Video_game_culture</t>
+  </si>
+  <si>
+    <t>Dumbas</t>
+  </si>
+  <si>
+    <t>Entertainment, Humour</t>
   </si>
   <si>
     <t>Z1 Gaming</t>
   </si>
   <si>
-    <t>Action_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Simulation_video_game, Strategy_video_game</t>
-[...11 lines deleted...]
-    <t>Hip_hop_music, Music, Pop_music</t>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game, Action_game, Simulation_video_game, Strategy_video_game</t>
   </si>
   <si>
     <t>Gallant Gaming</t>
   </si>
   <si>
-    <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Casual_game, Action_game</t>
+    <t>Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game, Casual_game</t>
   </si>
   <si>
     <t>Gaming Gangs HD</t>
   </si>
   <si>
-    <t>Sport, Sports_game, Video_game_culture</t>
+    <t>Thug Life Music</t>
+  </si>
+  <si>
+    <t>Electronic_music, Pop_music, Hip_hop_music, Music</t>
+  </si>
+  <si>
+    <t>Santi Vlogs</t>
   </si>
   <si>
     <t>GDC Festival of Gaming</t>
   </si>
   <si>
     <t>Action_game, Video_game_culture, Role-playing_video_game, Action-adventure_game</t>
   </si>
   <si>
-    <t>TikTok Music</t>
-[...5 lines deleted...]
-    <t>Game Two</t>
+    <t xml:space="preserve">JR•Memes  </t>
+  </si>
+  <si>
+    <t>Humour, Entertainment, Film</t>
   </si>
   <si>
     <t>D Billions Vlog</t>
   </si>
   <si>
     <t>Hobby, Lifestyle_(sociology), Entertainment, Film</t>
   </si>
   <si>
     <t>CarbonFin Gaming</t>
   </si>
   <si>
+    <t>Action_game, Strategy_video_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
     <t>Gaming Harry</t>
   </si>
   <si>
-    <t>Action_game, Action-adventure_game, Video_game_culture, Role-playing_video_game</t>
-[...5 lines deleted...]
-    <t>Hip_hop_music, Music, Pop_music, Lifestyle_(sociology), Electronic_music</t>
+    <t>Legacy Gaming</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -995,1960 +1049,2195 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E112"/>
+  <dimension ref="A1:E126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
-        <v>51600000</v>
+        <v>52800000</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
         <v>31900000</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>23600000</v>
+        <v>23500000</v>
       </c>
       <c r="D4" t="s">
         <v>7</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
         <v>19600000</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C6">
-        <v>12800000</v>
+        <v>18700000</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C7">
-        <v>12600000</v>
+        <v>12700000</v>
       </c>
       <c r="D7" t="s">
         <v>7</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8">
-        <v>12500000</v>
+        <v>12600000</v>
       </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9">
-        <v>12000000</v>
+        <v>12600000</v>
       </c>
       <c r="D9" t="s">
         <v>7</v>
       </c>
       <c r="E9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10">
-        <v>11700000</v>
+        <v>12000000</v>
       </c>
       <c r="D10" t="s">
         <v>7</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>11800000</v>
+      </c>
+      <c r="D11" t="s">
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C12">
-        <v>9300000</v>
+        <v>11000000</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C13">
-        <v>8060000</v>
+        <v>9340000</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C14">
-        <v>8040000</v>
+        <v>8350000</v>
       </c>
       <c r="D14" t="s">
         <v>7</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15">
-        <v>7990000</v>
+        <v>8230000</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16">
-        <v>7910000</v>
+        <v>8140000</v>
       </c>
       <c r="D16" t="s">
         <v>7</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B17" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C17">
-        <v>7420000</v>
+        <v>7990000</v>
       </c>
       <c r="D17" t="s">
         <v>7</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18">
-        <v>6220000</v>
+        <v>7500000</v>
       </c>
       <c r="D18" t="s">
         <v>7</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C19">
-        <v>5880000</v>
+        <v>6260000</v>
       </c>
       <c r="D19" t="s">
         <v>7</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="C20">
-        <v>5660000</v>
+        <v>5970000</v>
       </c>
       <c r="D20" t="s">
         <v>7</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21">
+        <v>5940000</v>
+      </c>
+      <c r="D21" t="s">
+        <v>48</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
+        <v>50</v>
+      </c>
+      <c r="B22" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22">
+        <v>5780000</v>
+      </c>
+      <c r="D22" t="s">
+        <v>7</v>
+      </c>
+      <c r="E22" t="s">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>52</v>
       </c>
       <c r="B23" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C23">
-        <v>4630000</v>
+        <v>5470000</v>
       </c>
       <c r="D23" t="s">
         <v>7</v>
       </c>
       <c r="E23" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>54</v>
       </c>
       <c r="B24" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C24">
-        <v>4310000</v>
+        <v>5270000</v>
       </c>
       <c r="D24" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>56</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25">
-        <v>4060000</v>
+        <v>5010000</v>
       </c>
       <c r="D25" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E25" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C26">
-        <v>4050000</v>
+        <v>4640000</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
       <c r="E26" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>60</v>
       </c>
       <c r="B27" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C27">
-        <v>3920000</v>
+        <v>4350000</v>
       </c>
       <c r="D27" t="s">
         <v>7</v>
       </c>
       <c r="E27" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>62</v>
       </c>
       <c r="B28" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C28">
-        <v>3630000</v>
+        <v>4140000</v>
       </c>
       <c r="D28" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E28" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C29">
-        <v>3630000</v>
+        <v>4060000</v>
       </c>
       <c r="D29" t="s">
         <v>7</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>6</v>
       </c>
       <c r="C30">
-        <v>3520000</v>
+        <v>3940000</v>
       </c>
       <c r="D30" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E30" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
         <v>10</v>
       </c>
       <c r="C31">
-        <v>3500000</v>
+        <v>3860000</v>
       </c>
       <c r="D31" t="s">
         <v>7</v>
       </c>
       <c r="E31" t="s">
-        <v>69</v>
+        <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32">
+        <v>3560000</v>
+      </c>
+      <c r="D32" t="s">
+        <v>29</v>
+      </c>
+      <c r="E32" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33">
-        <v>3410000</v>
+        <v>3510000</v>
       </c>
       <c r="D33" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E33" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34">
-        <v>3330000</v>
+        <v>3420000</v>
       </c>
       <c r="D34" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E34" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35">
-        <v>3280000</v>
+        <v>3410000</v>
       </c>
       <c r="D35" t="s">
         <v>7</v>
       </c>
       <c r="E35" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36">
-        <v>3140000</v>
+        <v>3330000</v>
       </c>
       <c r="D36" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E36" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B37" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C37">
-        <v>3110000</v>
+        <v>3300000</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B38" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C38">
-        <v>3040000</v>
+        <v>3150000</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
       <c r="E38" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>3040000</v>
+        <v>3140000</v>
       </c>
       <c r="D39" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E39" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40">
-        <v>2950000</v>
+        <v>3050000</v>
       </c>
       <c r="D40" t="s">
         <v>7</v>
       </c>
       <c r="E40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B41" t="s">
-        <v>86</v>
+        <v>6</v>
       </c>
       <c r="C41">
-        <v>2940000</v>
+        <v>3040000</v>
       </c>
       <c r="D41" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E41" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="B42" t="s">
-        <v>6</v>
+        <v>84</v>
       </c>
       <c r="C42">
-        <v>2760000</v>
+        <v>2960000</v>
       </c>
       <c r="D42" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
       <c r="E42" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B43" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C43">
-        <v>2710000</v>
+        <v>2840000</v>
       </c>
       <c r="D43" t="s">
         <v>7</v>
       </c>
       <c r="E43" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B44" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C44">
-        <v>2660000</v>
+        <v>2630000</v>
       </c>
       <c r="D44" t="s">
         <v>7</v>
       </c>
       <c r="E44" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B45" t="s">
         <v>6</v>
       </c>
       <c r="C45">
-        <v>2630000</v>
+        <v>2560000</v>
       </c>
       <c r="D45" t="s">
         <v>7</v>
       </c>
       <c r="E45" t="s">
-        <v>95</v>
+        <v>59</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B46" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C46">
-        <v>2550000</v>
+        <v>2540000</v>
       </c>
       <c r="D46" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E46" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B47" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C47">
         <v>2540000</v>
       </c>
       <c r="D47" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E47" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B48" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C48">
         <v>2480000</v>
       </c>
       <c r="D48" t="s">
         <v>7</v>
       </c>
       <c r="E48" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C49">
-        <v>2400000</v>
+        <v>2470000</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
       <c r="E49" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>6</v>
       </c>
       <c r="C50">
-        <v>2330000</v>
+        <v>2400000</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
       <c r="E50" t="s">
-        <v>87</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B51" t="s">
         <v>6</v>
       </c>
       <c r="C51">
-        <v>2200000</v>
+        <v>2360000</v>
       </c>
       <c r="D51" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="E51" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B52" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C52">
-        <v>2130000</v>
+        <v>2320000</v>
       </c>
       <c r="D52" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="E52" t="s">
-        <v>107</v>
+        <v>51</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B53" t="s">
         <v>6</v>
       </c>
       <c r="C53">
-        <v>2060000</v>
+        <v>2270000</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
       <c r="E53" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B54" t="s">
         <v>6</v>
       </c>
       <c r="C54">
-        <v>1990000</v>
+        <v>2190000</v>
       </c>
       <c r="D54" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E54" t="s">
-        <v>110</v>
+        <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B55" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C55">
-        <v>1980000</v>
+        <v>2150000</v>
       </c>
       <c r="D55" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="E55" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B56" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C56">
-        <v>1970000</v>
+        <v>2120000</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
       <c r="E56" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B57" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C57">
-        <v>1840000</v>
+        <v>2080000</v>
       </c>
       <c r="D57" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E57" t="s">
-        <v>116</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B58" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C58">
-        <v>1700000</v>
+        <v>2070000</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
       <c r="E58" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B59" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C59">
-        <v>1680000</v>
+        <v>2040000</v>
       </c>
       <c r="D59" t="s">
         <v>7</v>
       </c>
       <c r="E59" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B60" t="s">
         <v>10</v>
       </c>
       <c r="C60">
-        <v>1680000</v>
+        <v>1970000</v>
       </c>
       <c r="D60" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E60" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B61" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C61">
-        <v>1610000</v>
+        <v>1880000</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
       <c r="E61" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B62" t="s">
-        <v>10</v>
+        <v>45</v>
       </c>
       <c r="C62">
-        <v>1560000</v>
+        <v>1840000</v>
       </c>
       <c r="D62" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E62" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B63" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C63">
-        <v>1560000</v>
+        <v>1830000</v>
       </c>
       <c r="D63" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E63" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B64" t="s">
         <v>6</v>
       </c>
       <c r="C64">
-        <v>1520000</v>
+        <v>1820000</v>
       </c>
       <c r="D64" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E64" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B65" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="C65">
-        <v>1510000</v>
+        <v>1710000</v>
       </c>
       <c r="D65" t="s">
         <v>7</v>
       </c>
       <c r="E65" t="s">
-        <v>129</v>
+        <v>78</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B66" t="s">
         <v>6</v>
       </c>
       <c r="C66">
-        <v>1410000</v>
+        <v>1690000</v>
       </c>
       <c r="D66" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="E66" t="s">
-        <v>131</v>
+        <v>101</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B67" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C67">
-        <v>1400000</v>
+        <v>1680000</v>
       </c>
       <c r="D67" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E67" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B68" t="s">
         <v>6</v>
       </c>
       <c r="C68">
-        <v>1350000</v>
+        <v>1610000</v>
       </c>
       <c r="D68" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E68" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="B69" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C69">
-        <v>1340000</v>
+        <v>1540000</v>
       </c>
       <c r="D69" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E69" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="B70" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C70">
-        <v>1300000</v>
+        <v>1520000</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="B71" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C71">
-        <v>1290000</v>
+        <v>1490000</v>
       </c>
       <c r="D71" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E71" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B72" t="s">
         <v>6</v>
       </c>
       <c r="C72">
-        <v>1260000</v>
+        <v>1430000</v>
       </c>
       <c r="D72" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E72" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B73" t="s">
         <v>6</v>
       </c>
       <c r="C73">
-        <v>1230000</v>
+        <v>1400000</v>
       </c>
       <c r="D73" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E73" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B74" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C74">
-        <v>1220000</v>
+        <v>1400000</v>
       </c>
       <c r="D74" t="s">
         <v>7</v>
       </c>
       <c r="E74" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B75" t="s">
         <v>6</v>
       </c>
       <c r="C75">
-        <v>1150000</v>
+        <v>1400000</v>
       </c>
       <c r="D75" t="s">
         <v>7</v>
       </c>
       <c r="E75" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B76" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="C76">
-        <v>1130000</v>
+        <v>1390000</v>
       </c>
       <c r="D76" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E76" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B77" t="s">
         <v>6</v>
       </c>
       <c r="C77">
-        <v>1090000</v>
+        <v>1360000</v>
       </c>
       <c r="D77" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E77" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="B78" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C78">
-        <v>1060000</v>
+        <v>1360000</v>
       </c>
       <c r="D78" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E78" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B79" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C79">
-        <v>967000</v>
+        <v>1320000</v>
       </c>
       <c r="D79" t="s">
         <v>7</v>
       </c>
       <c r="E79" t="s">
-        <v>57</v>
+        <v>149</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B80" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="C80">
-        <v>965000</v>
+        <v>1310000</v>
       </c>
       <c r="D80" t="s">
         <v>7</v>
       </c>
       <c r="E80" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B81" t="s">
         <v>6</v>
       </c>
       <c r="C81">
-        <v>963000</v>
+        <v>1300000</v>
       </c>
       <c r="D81" t="s">
         <v>7</v>
       </c>
       <c r="E81" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B82" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C82">
-        <v>934000</v>
+        <v>1290000</v>
       </c>
       <c r="D82" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E82" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="B83" t="s">
         <v>6</v>
       </c>
       <c r="C83">
-        <v>925000</v>
+        <v>1260000</v>
       </c>
       <c r="D83" t="s">
         <v>7</v>
       </c>
       <c r="E83" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B84" t="s">
         <v>10</v>
       </c>
       <c r="C84">
-        <v>901000</v>
+        <v>1260000</v>
       </c>
       <c r="D84" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E84" t="s">
-        <v>69</v>
+        <v>159</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B85" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C85">
-        <v>892000</v>
+        <v>1150000</v>
       </c>
       <c r="D85" t="s">
         <v>7</v>
       </c>
       <c r="E85" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B86" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C86">
-        <v>868000</v>
+        <v>1130000</v>
       </c>
       <c r="D86" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E86" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B87" t="s">
         <v>6</v>
       </c>
       <c r="C87">
-        <v>831000</v>
+        <v>1130000</v>
       </c>
       <c r="D87" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E87" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B88" t="s">
         <v>6</v>
       </c>
       <c r="C88">
-        <v>826000</v>
+        <v>1100000</v>
       </c>
       <c r="D88" t="s">
         <v>7</v>
       </c>
       <c r="E88" t="s">
-        <v>170</v>
+        <v>88</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B89" t="s">
         <v>6</v>
       </c>
       <c r="C89">
-        <v>816000</v>
+        <v>1090000</v>
       </c>
       <c r="D89" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E89" t="s">
-        <v>20</v>
+        <v>168</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B90" t="s">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C90">
-        <v>815000</v>
+        <v>1070000</v>
       </c>
       <c r="D90" t="s">
         <v>7</v>
       </c>
       <c r="E90" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B91" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C91">
-        <v>774000</v>
+        <v>1050000</v>
       </c>
       <c r="D91" t="s">
         <v>7</v>
       </c>
       <c r="E91" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B92" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C92">
-        <v>767000</v>
+        <v>969000</v>
       </c>
       <c r="D92" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E92" t="s">
-        <v>177</v>
+        <v>65</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B93" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C93">
-        <v>762000</v>
+        <v>949000</v>
       </c>
       <c r="D93" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="E93" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B94" t="s">
         <v>6</v>
       </c>
       <c r="C94">
-        <v>744000</v>
+        <v>940000</v>
       </c>
       <c r="D94" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E94" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B95" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C95">
-        <v>735000</v>
+        <v>928000</v>
       </c>
       <c r="D95" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E95" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B96" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C96">
-        <v>715000</v>
+        <v>903000</v>
       </c>
       <c r="D96" t="s">
         <v>7</v>
       </c>
       <c r="E96" t="s">
-        <v>183</v>
+        <v>61</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B97" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C97">
-        <v>705000</v>
+        <v>901000</v>
       </c>
       <c r="D97" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E97" t="s">
-        <v>153</v>
+        <v>78</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B98" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="C98">
-        <v>690000</v>
+        <v>894000</v>
       </c>
       <c r="D98" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="E98" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B99" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C99">
-        <v>688000</v>
+        <v>855000</v>
       </c>
       <c r="D99" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E99" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B100" t="s">
         <v>6</v>
       </c>
       <c r="C100">
-        <v>651000</v>
+        <v>830000</v>
       </c>
       <c r="D100" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E100" t="s">
-        <v>119</v>
+        <v>157</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B101" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="C101">
-        <v>602000</v>
+        <v>820000</v>
       </c>
       <c r="D101" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E101" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B102" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C102">
-        <v>599000</v>
+        <v>815000</v>
       </c>
       <c r="D102" t="s">
         <v>7</v>
       </c>
       <c r="E102" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B103" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C103">
-        <v>591000</v>
+        <v>809000</v>
       </c>
       <c r="D103" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E103" t="s">
-        <v>195</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B104" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C104">
-        <v>577000</v>
+        <v>796000</v>
       </c>
       <c r="D104" t="s">
         <v>7</v>
       </c>
       <c r="E104" t="s">
-        <v>197</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="B105" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C105">
-        <v>567000</v>
+        <v>789000</v>
       </c>
       <c r="D105" t="s">
         <v>7</v>
       </c>
       <c r="E105" t="s">
-        <v>199</v>
+        <v>61</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B106" t="s">
         <v>6</v>
       </c>
       <c r="C106">
-        <v>547000</v>
+        <v>782000</v>
       </c>
       <c r="D106" t="s">
         <v>7</v>
       </c>
       <c r="E106" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B107" t="s">
         <v>45</v>
       </c>
       <c r="C107">
-        <v>534000</v>
+        <v>767000</v>
       </c>
       <c r="D107" t="s">
-        <v>7</v>
+        <v>48</v>
       </c>
       <c r="E107" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108">
-        <v>525000</v>
+        <v>717000</v>
       </c>
       <c r="D108" t="s">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="E108" t="s">
-        <v>103</v>
+        <v>198</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="B109" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="C109">
-        <v>522000</v>
+        <v>706000</v>
       </c>
       <c r="D109" t="s">
         <v>7</v>
       </c>
       <c r="E109" t="s">
-        <v>206</v>
+        <v>88</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B110" t="s">
         <v>6</v>
       </c>
       <c r="C110">
-        <v>512000</v>
+        <v>690000</v>
       </c>
       <c r="D110" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="E110" t="s">
-        <v>133</v>
+        <v>201</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B111" t="s">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="C111">
-        <v>509000</v>
+        <v>688000</v>
       </c>
       <c r="D111" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="E111" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
+        <v>204</v>
+      </c>
+      <c r="B112" t="s">
+        <v>6</v>
+      </c>
+      <c r="C112">
+        <v>683000</v>
+      </c>
+      <c r="D112" t="s">
+        <v>85</v>
+      </c>
+      <c r="E112" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5">
+      <c r="A113" t="s">
+        <v>206</v>
+      </c>
+      <c r="B113" t="s">
+        <v>6</v>
+      </c>
+      <c r="C113">
+        <v>678000</v>
+      </c>
+      <c r="D113" t="s">
+        <v>7</v>
+      </c>
+      <c r="E113" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5">
+      <c r="A114" t="s">
+        <v>208</v>
+      </c>
+      <c r="B114" t="s">
+        <v>6</v>
+      </c>
+      <c r="C114">
+        <v>627000</v>
+      </c>
+      <c r="D114" t="s">
+        <v>7</v>
+      </c>
+      <c r="E114" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" t="s">
         <v>210</v>
       </c>
-      <c r="B112" t="s">
+      <c r="B115" t="s">
+        <v>27</v>
+      </c>
+      <c r="C115">
+        <v>612000</v>
+      </c>
+      <c r="D115" t="s">
+        <v>7</v>
+      </c>
+      <c r="E115" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5">
+      <c r="A116" t="s">
+        <v>212</v>
+      </c>
+      <c r="B116" t="s">
+        <v>6</v>
+      </c>
+      <c r="C116">
+        <v>607000</v>
+      </c>
+      <c r="D116" t="s">
+        <v>7</v>
+      </c>
+      <c r="E116" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5">
+      <c r="A117" t="s">
+        <v>214</v>
+      </c>
+      <c r="B117" t="s">
+        <v>6</v>
+      </c>
+      <c r="C117">
+        <v>585000</v>
+      </c>
+      <c r="D117" t="s">
+        <v>7</v>
+      </c>
+      <c r="E117" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" t="s">
+        <v>216</v>
+      </c>
+      <c r="B118" t="s">
+        <v>6</v>
+      </c>
+      <c r="C118">
+        <v>570000</v>
+      </c>
+      <c r="D118" t="s">
+        <v>7</v>
+      </c>
+      <c r="E118" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" t="s">
+        <v>217</v>
+      </c>
+      <c r="B119" t="s">
         <v>45</v>
       </c>
-      <c r="C112">
-[...6 lines deleted...]
-        <v>211</v>
+      <c r="C119">
+        <v>568000</v>
+      </c>
+      <c r="D119" t="s">
+        <v>7</v>
+      </c>
+      <c r="E119" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5">
+      <c r="A120" t="s">
+        <v>219</v>
+      </c>
+      <c r="B120" t="s">
+        <v>10</v>
+      </c>
+      <c r="C120">
+        <v>558000</v>
+      </c>
+      <c r="D120" t="s">
+        <v>48</v>
+      </c>
+      <c r="E120" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" t="s">
+        <v>220</v>
+      </c>
+      <c r="B121" t="s">
+        <v>6</v>
+      </c>
+      <c r="C121">
+        <v>548000</v>
+      </c>
+      <c r="D121" t="s">
+        <v>7</v>
+      </c>
+      <c r="E121" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" t="s">
+        <v>222</v>
+      </c>
+      <c r="B122" t="s">
+        <v>27</v>
+      </c>
+      <c r="C122">
+        <v>545000</v>
+      </c>
+      <c r="D122" t="s">
+        <v>7</v>
+      </c>
+      <c r="E122" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5">
+      <c r="A123" t="s">
+        <v>224</v>
+      </c>
+      <c r="B123" t="s">
+        <v>10</v>
+      </c>
+      <c r="C123">
+        <v>525000</v>
+      </c>
+      <c r="D123" t="s">
+        <v>7</v>
+      </c>
+      <c r="E123" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5">
+      <c r="A124" t="s">
+        <v>226</v>
+      </c>
+      <c r="B124" t="s">
+        <v>6</v>
+      </c>
+      <c r="C124">
+        <v>518000</v>
+      </c>
+      <c r="D124" t="s">
+        <v>7</v>
+      </c>
+      <c r="E124" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5">
+      <c r="A125" t="s">
+        <v>228</v>
+      </c>
+      <c r="B125" t="s">
+        <v>6</v>
+      </c>
+      <c r="C125">
+        <v>517000</v>
+      </c>
+      <c r="D125" t="s">
+        <v>29</v>
+      </c>
+      <c r="E125" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" t="s">
+        <v>229</v>
+      </c>
+      <c r="B126" t="s">
+        <v>6</v>
+      </c>
+      <c r="C126">
+        <v>517000</v>
+      </c>
+      <c r="D126" t="s">
+        <v>7</v>
+      </c>
+      <c r="E126" t="s">
+        <v>170</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">