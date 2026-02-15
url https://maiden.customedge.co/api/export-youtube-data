--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -12,740 +12,773 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Subscribers</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Topics</t>
   </si>
   <si>
     <t>MrBeast Gaming</t>
   </si>
   <si>
     <t>gaming</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
-    <t>Strategy_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Simulation_video_game, Action_game</t>
+    <t>Action_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Simulation_video_game</t>
   </si>
   <si>
     <t>Boram Tube Vlog [보람튜브 브이로그]</t>
   </si>
   <si>
     <t>vlog</t>
   </si>
   <si>
     <t>Lifestyle_(sociology), Hobby</t>
   </si>
   <si>
+    <t>Jason Vlogs</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology)</t>
+  </si>
+  <si>
     <t>Logan Paul</t>
   </si>
   <si>
-    <t>Boxing, Lifestyle_(sociology), Sport</t>
+    <t>Sport, Lifestyle_(sociology), Boxing</t>
   </si>
   <si>
     <t>The Game Theorists</t>
   </si>
   <si>
+    <t>Action_game, Action-adventure_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Family Games Media</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Entertainment</t>
+  </si>
+  <si>
+    <t>Secret Vlog</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>Typical Gamer</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Role-playing_video_game, Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>Rockstar Games</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>emma chamberlain</t>
+  </si>
+  <si>
+    <t>FV FAMILY</t>
+  </si>
+  <si>
+    <t>Beluga</t>
+  </si>
+  <si>
+    <t>meme</t>
+  </si>
+  <si>
+    <t>Nutshell Animations</t>
+  </si>
+  <si>
+    <t>Entertainment, Film, Humour</t>
+  </si>
+  <si>
+    <t>SMG4</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>Daz Games</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game, Action_game</t>
+  </si>
+  <si>
+    <t>Smosh Games</t>
+  </si>
+  <si>
+    <t>Film, Entertainment, Television_program</t>
+  </si>
+  <si>
+    <t>Priya and Sid</t>
+  </si>
+  <si>
+    <t>Tourism, Lifestyle_(sociology), Food</t>
+  </si>
+  <si>
+    <t>Kənd Həyatı</t>
+  </si>
+  <si>
+    <t>Food, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Jason Vlogs en español</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Entertainment, Hobby</t>
+  </si>
+  <si>
+    <t>Bhad Bhabie</t>
+  </si>
+  <si>
+    <t>Electronic_music, Pop_music, Hip_hop_music, Music, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Royalty Gaming</t>
+  </si>
+  <si>
+    <t>Let's Game It Out</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Action_game, Casual_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>Gamer Robot</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action-adventure_game, Action_game</t>
+  </si>
+  <si>
+    <t>Music Travel Love</t>
+  </si>
+  <si>
+    <t>music</t>
+  </si>
+  <si>
+    <t>Pop_music, Music, Country_music</t>
+  </si>
+  <si>
+    <t>Kitt Gaming</t>
+  </si>
+  <si>
+    <t>King Games</t>
+  </si>
+  <si>
+    <t>Action_game, Racing_video_game, Video_game_culture, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Tanmay Bhat</t>
+  </si>
+  <si>
+    <t>Film, Entertainment</t>
+  </si>
+  <si>
+    <t>Zoe Sugg</t>
+  </si>
+  <si>
+    <t>Hobby, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>LockPickingLawyer</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Technology</t>
+  </si>
+  <si>
+    <t>Sheet Music Boss</t>
+  </si>
+  <si>
+    <t>Music</t>
+  </si>
+  <si>
+    <t>vlogbrothers</t>
+  </si>
+  <si>
+    <t>Health, Society, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Quang Linh Vlogs - Cuộc Sống ở Châu Phi</t>
+  </si>
+  <si>
+    <t>Knowledge, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Camodo Gaming</t>
+  </si>
+  <si>
+    <t>Racing_video_game, Simulation_video_game, Video_game_culture, Action-adventure_game, Action_game</t>
+  </si>
+  <si>
+    <t>Orange Juice Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Strategy_video_game, Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>Judo Sloth Gaming</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>J House Vlogs</t>
+  </si>
+  <si>
+    <t>Tourism, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>The Frustrated Gamer</t>
+  </si>
+  <si>
+    <t>Action_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Casual_game, Puzzle_video_game, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Dhruv Rathee Vlogs</t>
+  </si>
+  <si>
+    <t>MUNNO Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Action_game</t>
+  </si>
+  <si>
+    <t>ThatcherJoeVlogs</t>
+  </si>
+  <si>
+    <t>Annoying Orange Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Action_game, Casual_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Rifty</t>
+  </si>
+  <si>
+    <t>Humour, Entertainment</t>
+  </si>
+  <si>
+    <t>Jaden Williams</t>
+  </si>
+  <si>
+    <t>Video_game_culture, Entertainment, Film</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The Anazala Family 2  </t>
+  </si>
+  <si>
+    <t>Gamer's Little Playground</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>PiñaColadaSad</t>
+  </si>
+  <si>
+    <t>anime</t>
+  </si>
+  <si>
+    <t>Entertainment, Film</t>
+  </si>
+  <si>
+    <t>Emilia</t>
+  </si>
+  <si>
+    <t>Pop_music, Lifestyle_(sociology), Music, Music_of_Latin_America</t>
+  </si>
+  <si>
+    <t>WarLeaks - Military Blog</t>
+  </si>
+  <si>
+    <t>Society, Military, Politics, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>JKrew Gaming</t>
+  </si>
+  <si>
+    <t>Action_game, Video_game_culture, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Meme Zee</t>
+  </si>
+  <si>
+    <t>Entertainment, Video_game_culture</t>
+  </si>
+  <si>
+    <t>Jakerton</t>
+  </si>
+  <si>
+    <t>Entertainment, Humour, Film</t>
+  </si>
+  <si>
+    <t>Neebs Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Video_game_culture, Action-adventure_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>Huggbees</t>
+  </si>
+  <si>
+    <t>Entertainment</t>
+  </si>
+  <si>
+    <t>Jindaouis</t>
+  </si>
+  <si>
+    <t>LookOut3D</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Norris Nuts Gaming</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game, Action_game</t>
+  </si>
+  <si>
+    <t>Hudson's Playground Gaming</t>
+  </si>
+  <si>
+    <t>Racing_video_game, Simulation_video_game, Video_game_culture, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>Lessons in Meme Culture</t>
+  </si>
+  <si>
+    <t>Fatih GAMING</t>
+  </si>
+  <si>
+    <t>X Games</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Sport</t>
+  </si>
+  <si>
+    <t>Epic Music World</t>
+  </si>
+  <si>
+    <t>Electronic_music, Music</t>
+  </si>
+  <si>
+    <t>Digster Pop Music</t>
+  </si>
+  <si>
+    <t>Independent_music, Music, Pop_music, Electronic_music, Soul_music</t>
+  </si>
+  <si>
+    <t>Romee Strijd</t>
+  </si>
+  <si>
+    <t>Fashion, Lifestyle_(sociology), Tourism</t>
+  </si>
+  <si>
+    <t>Game Maker's Toolkit</t>
+  </si>
+  <si>
+    <t>Action_game, Role-playing_video_game, Video_game_culture, Action-adventure_game, Puzzle_video_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>The Meme Sheep</t>
+  </si>
+  <si>
+    <t>Humour, Entertainment, Film</t>
+  </si>
+  <si>
+    <t>K-City Gaming</t>
+  </si>
+  <si>
+    <t>Dad V Girls</t>
+  </si>
+  <si>
+    <t>GameToons Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action-adventure_game, Casual_game, Action_game</t>
+  </si>
+  <si>
+    <t>Get Good Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action-adventure_game, Video_game_culture, Action_game, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>TMS Anime Latino</t>
+  </si>
+  <si>
+    <t>Sam Tabor Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Action_game, Video_game_culture, Action-adventure_game, Sports_game, Simulation_video_game, Racing_video_game, Casual_game</t>
+  </si>
+  <si>
+    <t>KairosTime Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Action_game, Video_game_culture, Role-playing_video_game, Strategy_video_game</t>
+  </si>
+  <si>
+    <t>Arekkz Gaming</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Role-playing_video_game, Video_game_culture, Action_game, Action-adventure_game</t>
+  </si>
+  <si>
+    <t>El Escoces gamer</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Knowledge</t>
+  </si>
+  <si>
+    <t>CKN Gaming</t>
+  </si>
+  <si>
+    <t>Rockit Music</t>
+  </si>
+  <si>
+    <t>Music, Video_game_culture</t>
+  </si>
+  <si>
+    <t>Mexify Games</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Action_game, Racing_video_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>HaVoC Gaming</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Video_game_culture, Role-playing_video_game, Action_game</t>
+  </si>
+  <si>
+    <t>Song des Tages</t>
+  </si>
+  <si>
+    <t>Pop_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>Animators VS Games</t>
+  </si>
+  <si>
+    <t>Puzzle_video_game, Action-adventure_game, Video_game_culture, Action_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Chill Music Lab</t>
+  </si>
+  <si>
+    <t>KTG Gaming</t>
+  </si>
+  <si>
+    <t>Daily Dose Of Memes</t>
+  </si>
+  <si>
+    <t>Film, Video_game_culture, Entertainment</t>
+  </si>
+  <si>
+    <t>Disco Music</t>
+  </si>
+  <si>
+    <t>Electronic_music, Music, Pop_music</t>
+  </si>
+  <si>
+    <t>Sopo Squad Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Simulation_video_game</t>
+  </si>
+  <si>
+    <t>Gaming Historian</t>
+  </si>
+  <si>
+    <t>Technology, Role-playing_video_game, Video_game_culture, Action_game, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>D Billions VLOG English</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Entertainment, Film</t>
+  </si>
+  <si>
+    <t>The Gaming Merchant</t>
+  </si>
+  <si>
+    <t>Strategy_video_game, Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Meme Moning</t>
+  </si>
+  <si>
+    <t>Games Done Quick</t>
+  </si>
+  <si>
     <t>Action_game, Video_game_culture, Action-adventure_game, Role-playing_video_game</t>
   </si>
   <si>
-    <t>Family Games Media</t>
-[...137 lines deleted...]
-    <t xml:space="preserve">Dallin and Bella </t>
+    <t>Jet Lag: The Game</t>
+  </si>
+  <si>
+    <t>Television_program, Lifestyle_(sociology), Hobby, Entertainment</t>
+  </si>
+  <si>
+    <t>Life Of Riza</t>
+  </si>
+  <si>
+    <t>Games For Kids Hub</t>
+  </si>
+  <si>
+    <t>Simulation_video_game, Action-adventure_game, Video_game_culture, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>Đông PauLo Vlogs - Cuộc Sống ở Châu Phi</t>
+  </si>
+  <si>
+    <t>Racing Car Games</t>
+  </si>
+  <si>
+    <t>datteltäter</t>
+  </si>
+  <si>
+    <t>Film, Entertainment, Humour</t>
+  </si>
+  <si>
+    <t>MoreMemeGod</t>
+  </si>
+  <si>
+    <t>Trev and Chels</t>
   </si>
   <si>
     <t>Lifestyle_(sociology), Tourism</t>
   </si>
   <si>
-    <t>Quang Linh Vlogs - Cuộc Sống ở Châu Phi</t>
-[...230 lines deleted...]
-    <t>HaVoC Gaming</t>
+    <t>Relax Cafe Music</t>
+  </si>
+  <si>
+    <t>Music, Music_of_Latin_America, Jazz</t>
+  </si>
+  <si>
+    <t>Gremix Gaming</t>
+  </si>
+  <si>
+    <t>Action-adventure_game, Video_game_culture, Role-playing_video_game, Casual_game, Action_game</t>
+  </si>
+  <si>
+    <t>Papaplatte Gaming</t>
+  </si>
+  <si>
+    <t>Malte Marten Music</t>
+  </si>
+  <si>
+    <t>Classical_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>StreetCan</t>
+  </si>
+  <si>
+    <t>Film, Humour, Entertainment</t>
+  </si>
+  <si>
+    <t>Gatorland VLOGS (GatorlandTV)</t>
+  </si>
+  <si>
+    <t>Blue Television Games</t>
+  </si>
+  <si>
+    <t>Action_game, Video_game_culture, Role-playing_video_game, Action-adventure_game, Puzzle_video_game</t>
+  </si>
+  <si>
+    <t>It's Anime powered by REMOW</t>
+  </si>
+  <si>
+    <t>TPM - Top Persian Music</t>
+  </si>
+  <si>
+    <t>Pop_music, Music</t>
+  </si>
+  <si>
+    <t>Senpai Gaming</t>
+  </si>
+  <si>
+    <t>Sticky - Minecraft memes</t>
+  </si>
+  <si>
+    <t>KG Gaming</t>
+  </si>
+  <si>
+    <t>Monsterwolf Music</t>
+  </si>
+  <si>
+    <t>Hip_hop_music, Music, Electronic_music</t>
+  </si>
+  <si>
+    <t>InShane Gaming</t>
+  </si>
+  <si>
+    <t>Action_game, Video_game_culture, Strategy_video_game, Role-playing_video_game</t>
+  </si>
+  <si>
+    <t>G.O.T Games</t>
+  </si>
+  <si>
+    <t>Music, Film, Entertainment, Pop_music, Music_of_Asia</t>
+  </si>
+  <si>
+    <t>Gaming With K</t>
+  </si>
+  <si>
+    <t>Video_game_culture, Sports_game</t>
+  </si>
+  <si>
+    <t>Dumbas</t>
+  </si>
+  <si>
+    <t>Entertainment, Humour</t>
+  </si>
+  <si>
+    <t>Dance Music MV</t>
+  </si>
+  <si>
+    <t>Entertainment, Music, Film, Lifestyle_(sociology)</t>
+  </si>
+  <si>
+    <t>Rocky Memes</t>
+  </si>
+  <si>
+    <t>Klaus Gaming</t>
   </si>
   <si>
     <t>Action_game, Role-playing_video_game, Video_game_culture, Strategy_video_game</t>
   </si>
   <si>
-    <t>Song des Tages</t>
-[...217 lines deleted...]
-  <si>
     <t>Gaming Gangs HD</t>
   </si>
   <si>
-    <t>Thug Life Music</t>
-[...5 lines deleted...]
-    <t>Santi Vlogs</t>
+    <t>MVz ツ</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Film, Entertainment</t>
+  </si>
+  <si>
+    <t>Karolina Protsenko Vlog</t>
+  </si>
+  <si>
+    <t>Music, Lifestyle_(sociology), Classical_music</t>
   </si>
   <si>
     <t>GDC Festival of Gaming</t>
   </si>
   <si>
-    <t>Action_game, Video_game_culture, Role-playing_video_game, Action-adventure_game</t>
+    <t>Role-playing_video_game, Video_game_culture, Action_game</t>
   </si>
   <si>
     <t xml:space="preserve">JR•Memes  </t>
   </si>
   <si>
-    <t>Humour, Entertainment, Film</t>
-[...1 lines deleted...]
-  <si>
     <t>D Billions Vlog</t>
   </si>
   <si>
-    <t>Hobby, Lifestyle_(sociology), Entertainment, Film</t>
+    <t>Entertainment, Lifestyle_(sociology), Hobby, Film</t>
+  </si>
+  <si>
+    <t>Hannah Kathleen</t>
+  </si>
+  <si>
+    <t>Gaming Harry</t>
+  </si>
+  <si>
+    <t>Game Two</t>
+  </si>
+  <si>
+    <t>Legacy Gaming</t>
+  </si>
+  <si>
+    <t>Role-playing_video_game, Video_game_culture, Action_game, Strategy_video_game, Action-adventure_game</t>
   </si>
   <si>
     <t>CarbonFin Gaming</t>
   </si>
   <si>
-    <t>Action_game, Strategy_video_game, Video_game_culture, Role-playing_video_game</t>
-[...5 lines deleted...]
-    <t>Legacy Gaming</t>
+    <t>Gotham Games</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Video_game_culture, Hobby</t>
+  </si>
+  <si>
+    <t>KATJA KRASAVICE MUSIC</t>
+  </si>
+  <si>
+    <t>Lifestyle_(sociology), Hip_hop_music, Music, Pop_music, Electronic_music</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1049,2195 +1082,2294 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E126"/>
+  <dimension ref="A1:E132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2">
-        <v>52800000</v>
+        <v>54200000</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>9</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3">
         <v>31900000</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
       <c r="E3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4">
-        <v>23500000</v>
+        <v>25100000</v>
       </c>
       <c r="D4" t="s">
         <v>7</v>
       </c>
       <c r="E4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C5">
-        <v>19600000</v>
+        <v>23600000</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6">
-        <v>18700000</v>
+        <v>19600000</v>
       </c>
       <c r="D6" t="s">
         <v>7</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>12700000</v>
+        <v>19100000</v>
       </c>
       <c r="D7" t="s">
         <v>7</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C8">
-        <v>12600000</v>
+        <v>17200000</v>
       </c>
       <c r="D8" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C9">
-        <v>12600000</v>
+        <v>15900000</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B10" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C10">
-        <v>12000000</v>
+        <v>12700000</v>
       </c>
       <c r="D10" t="s">
         <v>7</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11">
-        <v>11800000</v>
+        <v>12000000</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C12">
-        <v>11000000</v>
+        <v>11800000</v>
       </c>
       <c r="D12" t="s">
         <v>7</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B13" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C13">
-        <v>9340000</v>
+        <v>11000000</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C14">
-        <v>8350000</v>
+        <v>10700000</v>
       </c>
       <c r="D14" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>33</v>
       </c>
       <c r="B15" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C15">
-        <v>8230000</v>
+        <v>9600000</v>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C16">
-        <v>8140000</v>
+        <v>9410000</v>
       </c>
       <c r="D16" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C17">
-        <v>7990000</v>
+        <v>8400000</v>
       </c>
       <c r="D17" t="s">
         <v>7</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B18" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C18">
-        <v>7500000</v>
+        <v>8280000</v>
       </c>
       <c r="D18" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C19">
-        <v>6260000</v>
+        <v>8240000</v>
       </c>
       <c r="D19" t="s">
         <v>7</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B20" t="s">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C20">
-        <v>5970000</v>
+        <v>8070000</v>
       </c>
       <c r="D20" t="s">
         <v>7</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C21">
-        <v>5940000</v>
+        <v>8000000</v>
       </c>
       <c r="D21" t="s">
+        <v>7</v>
+      </c>
+      <c r="E21" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B22" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C22">
-        <v>5780000</v>
+        <v>7600000</v>
       </c>
       <c r="D22" t="s">
         <v>7</v>
       </c>
       <c r="E22" t="s">
-        <v>51</v>
+        <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B23" t="s">
         <v>6</v>
       </c>
       <c r="C23">
-        <v>5470000</v>
+        <v>6360000</v>
       </c>
       <c r="D23" t="s">
         <v>7</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B24" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C24">
-        <v>5270000</v>
+        <v>6060000</v>
       </c>
       <c r="D24" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E24" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25">
+        <v>6030000</v>
+      </c>
+      <c r="D25" t="s">
+        <v>7</v>
+      </c>
+      <c r="E25" t="s">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C26">
-        <v>4640000</v>
+        <v>5580000</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
       <c r="E26" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B27" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C27">
-        <v>4350000</v>
+        <v>5550000</v>
       </c>
       <c r="D27" t="s">
         <v>7</v>
       </c>
       <c r="E27" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B28" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C28">
-        <v>4140000</v>
+        <v>5300000</v>
       </c>
       <c r="D28" t="s">
         <v>7</v>
       </c>
       <c r="E28" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B29" t="s">
         <v>10</v>
       </c>
       <c r="C29">
-        <v>4060000</v>
+        <v>5000000</v>
       </c>
       <c r="D29" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E29" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B30" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C30">
-        <v>3940000</v>
+        <v>4650000</v>
       </c>
       <c r="D30" t="s">
         <v>7</v>
       </c>
       <c r="E30" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B31" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C31">
-        <v>3860000</v>
+        <v>4440000</v>
       </c>
       <c r="D31" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32">
+        <v>4070000</v>
+      </c>
+      <c r="D32" t="s">
+        <v>7</v>
+      </c>
+      <c r="E32" t="s">
         <v>69</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33">
-        <v>3510000</v>
+        <v>4050000</v>
       </c>
       <c r="D33" t="s">
         <v>7</v>
       </c>
       <c r="E33" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>72</v>
       </c>
       <c r="B34" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C34">
-        <v>3420000</v>
+        <v>3970000</v>
       </c>
       <c r="D34" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>6</v>
       </c>
       <c r="C35">
-        <v>3410000</v>
+        <v>3640000</v>
       </c>
       <c r="D35" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E35" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B36" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C36">
-        <v>3330000</v>
+        <v>3570000</v>
       </c>
       <c r="D36" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E36" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B37" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C37">
-        <v>3300000</v>
+        <v>3520000</v>
       </c>
       <c r="D37" t="s">
         <v>7</v>
       </c>
       <c r="E37" t="s">
-        <v>30</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C38">
-        <v>3150000</v>
+        <v>3460000</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
       <c r="E38" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39">
-        <v>3140000</v>
+        <v>3440000</v>
       </c>
       <c r="D39" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E39" t="s">
-        <v>22</v>
+        <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B40" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C40">
-        <v>3050000</v>
+        <v>3410000</v>
       </c>
       <c r="D40" t="s">
         <v>7</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C41">
-        <v>3040000</v>
+        <v>3330000</v>
       </c>
       <c r="D41" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E41" t="s">
-        <v>82</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B42" t="s">
-        <v>84</v>
+        <v>6</v>
       </c>
       <c r="C42">
-        <v>2960000</v>
+        <v>3300000</v>
       </c>
       <c r="D42" t="s">
-        <v>85</v>
+        <v>7</v>
       </c>
       <c r="E42" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B43" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C43">
-        <v>2840000</v>
+        <v>3280000</v>
       </c>
       <c r="D43" t="s">
         <v>7</v>
       </c>
       <c r="E43" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B44" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C44">
-        <v>2630000</v>
+        <v>3190000</v>
       </c>
       <c r="D44" t="s">
         <v>7</v>
       </c>
       <c r="E44" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B45" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C45">
-        <v>2560000</v>
+        <v>3070000</v>
       </c>
       <c r="D45" t="s">
         <v>7</v>
       </c>
       <c r="E45" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B46" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C46">
-        <v>2540000</v>
+        <v>3020000</v>
       </c>
       <c r="D46" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E46" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B47" t="s">
-        <v>10</v>
+        <v>96</v>
       </c>
       <c r="C47">
-        <v>2540000</v>
+        <v>2990000</v>
       </c>
       <c r="D47" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E47" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B48" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C48">
-        <v>2480000</v>
+        <v>2860000</v>
       </c>
       <c r="D48" t="s">
         <v>7</v>
       </c>
       <c r="E48" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B49" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C49">
-        <v>2470000</v>
+        <v>2750000</v>
       </c>
       <c r="D49" t="s">
         <v>7</v>
       </c>
       <c r="E49" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B50" t="s">
         <v>6</v>
       </c>
       <c r="C50">
-        <v>2400000</v>
+        <v>2630000</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
       <c r="E50" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B51" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C51">
-        <v>2360000</v>
+        <v>2480000</v>
       </c>
       <c r="D51" t="s">
         <v>7</v>
       </c>
       <c r="E51" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B52" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C52">
-        <v>2320000</v>
+        <v>2460000</v>
       </c>
       <c r="D52" t="s">
         <v>7</v>
       </c>
       <c r="E52" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B53" t="s">
         <v>6</v>
       </c>
       <c r="C53">
-        <v>2270000</v>
+        <v>2410000</v>
       </c>
       <c r="D53" t="s">
         <v>7</v>
       </c>
       <c r="E53" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C54">
-        <v>2190000</v>
+        <v>2340000</v>
       </c>
       <c r="D54" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="E54" t="s">
-        <v>41</v>
+        <v>111</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B55" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C55">
-        <v>2150000</v>
+        <v>2240000</v>
       </c>
       <c r="D55" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="E55" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B56" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C56">
-        <v>2120000</v>
+        <v>2200000</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
       <c r="E56" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B57" t="s">
         <v>6</v>
       </c>
       <c r="C57">
-        <v>2080000</v>
+        <v>2190000</v>
       </c>
       <c r="D57" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E57" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B58" t="s">
         <v>6</v>
       </c>
       <c r="C58">
-        <v>2070000</v>
+        <v>2170000</v>
       </c>
       <c r="D58" t="s">
         <v>7</v>
       </c>
       <c r="E58" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B59" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C59">
-        <v>2040000</v>
+        <v>2170000</v>
       </c>
       <c r="D59" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E59" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B60" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C60">
-        <v>1970000</v>
+        <v>2100000</v>
       </c>
       <c r="D60" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E60" t="s">
-        <v>117</v>
+        <v>84</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C61">
-        <v>1880000</v>
+        <v>2090000</v>
       </c>
       <c r="D61" t="s">
         <v>7</v>
       </c>
       <c r="E61" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B62" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C62">
-        <v>1840000</v>
+        <v>1950000</v>
       </c>
       <c r="D62" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="E62" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B63" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C63">
-        <v>1830000</v>
+        <v>1840000</v>
       </c>
       <c r="D63" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E63" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B64" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C64">
-        <v>1820000</v>
+        <v>1830000</v>
       </c>
       <c r="D64" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E64" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B65" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C65">
         <v>1710000</v>
       </c>
       <c r="D65" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E65" t="s">
-        <v>78</v>
+        <v>130</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B66" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C66">
-        <v>1690000</v>
+        <v>1710000</v>
       </c>
       <c r="D66" t="s">
         <v>7</v>
       </c>
       <c r="E66" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B67" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C67">
-        <v>1680000</v>
+        <v>1700000</v>
       </c>
       <c r="D67" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E67" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B68" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C68">
-        <v>1610000</v>
+        <v>1680000</v>
       </c>
       <c r="D68" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E68" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B69" t="s">
         <v>6</v>
       </c>
       <c r="C69">
-        <v>1540000</v>
+        <v>1650000</v>
       </c>
       <c r="D69" t="s">
         <v>7</v>
       </c>
       <c r="E69" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B70" t="s">
         <v>6</v>
       </c>
       <c r="C70">
-        <v>1520000</v>
+        <v>1600000</v>
       </c>
       <c r="D70" t="s">
         <v>7</v>
       </c>
       <c r="E70" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B71" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="C71">
-        <v>1490000</v>
+        <v>1560000</v>
       </c>
       <c r="D71" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E71" t="s">
-        <v>135</v>
+        <v>61</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B72" t="s">
         <v>6</v>
       </c>
       <c r="C72">
-        <v>1430000</v>
+        <v>1550000</v>
       </c>
       <c r="D72" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="E72" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B73" t="s">
         <v>6</v>
       </c>
       <c r="C73">
-        <v>1400000</v>
+        <v>1520000</v>
       </c>
       <c r="D73" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E73" t="s">
-        <v>15</v>
+        <v>143</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B74" t="s">
         <v>6</v>
       </c>
       <c r="C74">
-        <v>1400000</v>
+        <v>1490000</v>
       </c>
       <c r="D74" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E74" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B75" t="s">
         <v>6</v>
       </c>
       <c r="C75">
-        <v>1400000</v>
+        <v>1450000</v>
       </c>
       <c r="D75" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E75" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="B76" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C76">
-        <v>1390000</v>
+        <v>1440000</v>
       </c>
       <c r="D76" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E76" t="s">
-        <v>144</v>
+        <v>26</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B77" t="s">
         <v>6</v>
       </c>
       <c r="C77">
-        <v>1360000</v>
+        <v>1420000</v>
       </c>
       <c r="D77" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E77" t="s">
-        <v>15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="B78" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C78">
-        <v>1360000</v>
+        <v>1400000</v>
       </c>
       <c r="D78" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E78" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B79" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C79">
-        <v>1320000</v>
+        <v>1400000</v>
       </c>
       <c r="D79" t="s">
         <v>7</v>
       </c>
       <c r="E79" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B80" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C80">
-        <v>1310000</v>
+        <v>1390000</v>
       </c>
       <c r="D80" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E80" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="B81" t="s">
         <v>6</v>
       </c>
       <c r="C81">
-        <v>1300000</v>
+        <v>1380000</v>
       </c>
       <c r="D81" t="s">
         <v>7</v>
       </c>
       <c r="E81" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B82" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="C82">
-        <v>1290000</v>
+        <v>1310000</v>
       </c>
       <c r="D82" t="s">
         <v>7</v>
       </c>
       <c r="E82" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B83" t="s">
         <v>6</v>
       </c>
       <c r="C83">
-        <v>1260000</v>
+        <v>1300000</v>
       </c>
       <c r="D83" t="s">
         <v>7</v>
       </c>
       <c r="E83" t="s">
-        <v>157</v>
+        <v>17</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="B84" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C84">
-        <v>1260000</v>
+        <v>1290000</v>
       </c>
       <c r="D84" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E84" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B85" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="C85">
-        <v>1150000</v>
+        <v>1200000</v>
       </c>
       <c r="D85" t="s">
         <v>7</v>
       </c>
       <c r="E85" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B86" t="s">
         <v>6</v>
       </c>
       <c r="C86">
-        <v>1130000</v>
+        <v>1150000</v>
       </c>
       <c r="D86" t="s">
         <v>7</v>
       </c>
       <c r="E86" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B87" t="s">
         <v>6</v>
       </c>
       <c r="C87">
-        <v>1130000</v>
+        <v>1100000</v>
       </c>
       <c r="D87" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E87" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="B88" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C88">
-        <v>1100000</v>
+        <v>1050000</v>
       </c>
       <c r="D88" t="s">
         <v>7</v>
       </c>
       <c r="E88" t="s">
-        <v>88</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="B89" t="s">
         <v>6</v>
       </c>
       <c r="C89">
-        <v>1090000</v>
+        <v>1020000</v>
       </c>
       <c r="D89" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E89" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="B90" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C90">
-        <v>1070000</v>
+        <v>1020000</v>
       </c>
       <c r="D90" t="s">
         <v>7</v>
       </c>
       <c r="E90" t="s">
-        <v>170</v>
+        <v>97</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="B91" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C91">
-        <v>1050000</v>
+        <v>1000000</v>
       </c>
       <c r="D91" t="s">
         <v>7</v>
       </c>
       <c r="E91" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B92" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C92">
-        <v>969000</v>
+        <v>994000</v>
       </c>
       <c r="D92" t="s">
         <v>7</v>
       </c>
       <c r="E92" t="s">
-        <v>65</v>
+        <v>177</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="B93" t="s">
         <v>10</v>
       </c>
       <c r="C93">
-        <v>949000</v>
+        <v>989000</v>
       </c>
       <c r="D93" t="s">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="E93" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B94" t="s">
         <v>6</v>
       </c>
       <c r="C94">
-        <v>940000</v>
+        <v>975000</v>
       </c>
       <c r="D94" t="s">
         <v>7</v>
       </c>
       <c r="E94" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B95" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C95">
-        <v>928000</v>
+        <v>966000</v>
       </c>
       <c r="D95" t="s">
         <v>7</v>
       </c>
       <c r="E95" t="s">
-        <v>178</v>
+        <v>71</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="B96" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C96">
-        <v>903000</v>
+        <v>943000</v>
       </c>
       <c r="D96" t="s">
         <v>7</v>
       </c>
       <c r="E96" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B97" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C97">
-        <v>901000</v>
+        <v>924000</v>
       </c>
       <c r="D97" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="E97" t="s">
-        <v>78</v>
+        <v>184</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B98" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="C98">
-        <v>894000</v>
+        <v>913000</v>
       </c>
       <c r="D98" t="s">
         <v>7</v>
       </c>
       <c r="E98" t="s">
-        <v>182</v>
+        <v>84</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B99" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C99">
-        <v>855000</v>
+        <v>905000</v>
       </c>
       <c r="D99" t="s">
         <v>7</v>
       </c>
       <c r="E99" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B100" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="C100">
-        <v>830000</v>
+        <v>895000</v>
       </c>
       <c r="D100" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E100" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="B101" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C101">
-        <v>820000</v>
+        <v>892000</v>
       </c>
       <c r="D101" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E101" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="B102" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C102">
-        <v>815000</v>
+        <v>837000</v>
       </c>
       <c r="D102" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E102" t="s">
-        <v>189</v>
+        <v>53</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B103" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C103">
-        <v>809000</v>
+        <v>836000</v>
       </c>
       <c r="D103" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E103" t="s">
-        <v>25</v>
+        <v>194</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B104" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="C104">
-        <v>796000</v>
+        <v>813000</v>
       </c>
       <c r="D104" t="s">
         <v>7</v>
       </c>
       <c r="E104" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="B105" t="s">
         <v>10</v>
       </c>
       <c r="C105">
-        <v>789000</v>
+        <v>812000</v>
       </c>
       <c r="D105" t="s">
         <v>7</v>
       </c>
       <c r="E105" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="B106" t="s">
         <v>6</v>
       </c>
       <c r="C106">
-        <v>782000</v>
+        <v>794000</v>
       </c>
       <c r="D106" t="s">
         <v>7</v>
       </c>
       <c r="E106" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B107" t="s">
-        <v>45</v>
+        <v>96</v>
       </c>
       <c r="C107">
-        <v>767000</v>
+        <v>793000</v>
       </c>
       <c r="D107" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E107" t="s">
-        <v>196</v>
+        <v>97</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B108" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="C108">
-        <v>717000</v>
+        <v>771000</v>
       </c>
       <c r="D108" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E108" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="B109" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C109">
-        <v>706000</v>
+        <v>718000</v>
       </c>
       <c r="D109" t="s">
         <v>7</v>
       </c>
       <c r="E109" t="s">
-        <v>88</v>
+        <v>65</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B110" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C110">
-        <v>690000</v>
+        <v>707000</v>
       </c>
       <c r="D110" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E110" t="s">
-        <v>201</v>
+        <v>53</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B111" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C111">
-        <v>688000</v>
+        <v>700000</v>
       </c>
       <c r="D111" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E111" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B112" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="C112">
-        <v>683000</v>
+        <v>688000</v>
       </c>
       <c r="D112" t="s">
-        <v>85</v>
+        <v>21</v>
       </c>
       <c r="E112" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B113" t="s">
         <v>6</v>
       </c>
       <c r="C113">
-        <v>678000</v>
+        <v>686000</v>
       </c>
       <c r="D113" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E113" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B114" t="s">
         <v>6</v>
       </c>
       <c r="C114">
-        <v>627000</v>
+        <v>664000</v>
       </c>
       <c r="D114" t="s">
-        <v>7</v>
+        <v>37</v>
       </c>
       <c r="E114" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="B115" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
       <c r="C115">
-        <v>612000</v>
+        <v>629000</v>
       </c>
       <c r="D115" t="s">
         <v>7</v>
       </c>
       <c r="E115" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B116" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C116">
-        <v>607000</v>
+        <v>622000</v>
       </c>
       <c r="D116" t="s">
         <v>7</v>
       </c>
       <c r="E116" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B117" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="C117">
-        <v>585000</v>
+        <v>603000</v>
       </c>
       <c r="D117" t="s">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="E117" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B118" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C118">
-        <v>570000</v>
+        <v>575000</v>
       </c>
       <c r="D118" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B119" t="s">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="C119">
-        <v>568000</v>
+        <v>572000</v>
       </c>
       <c r="D119" t="s">
         <v>7</v>
       </c>
       <c r="E119" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B120" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C120">
-        <v>558000</v>
+        <v>572000</v>
       </c>
       <c r="D120" t="s">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="E120" t="s">
-        <v>17</v>
+        <v>213</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B121" t="s">
-        <v>6</v>
+        <v>96</v>
       </c>
       <c r="C121">
-        <v>548000</v>
+        <v>567000</v>
       </c>
       <c r="D121" t="s">
         <v>7</v>
       </c>
       <c r="E121" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B122" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="C122">
-        <v>545000</v>
+        <v>551000</v>
       </c>
       <c r="D122" t="s">
         <v>7</v>
       </c>
       <c r="E122" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B123" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C123">
-        <v>525000</v>
+        <v>550000</v>
       </c>
       <c r="D123" t="s">
         <v>7</v>
       </c>
       <c r="E123" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B124" t="s">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="C124">
-        <v>518000</v>
+        <v>547000</v>
       </c>
       <c r="D124" t="s">
         <v>7</v>
       </c>
       <c r="E124" t="s">
-        <v>227</v>
+        <v>184</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B125" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C125">
-        <v>517000</v>
+        <v>531000</v>
       </c>
       <c r="D125" t="s">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E125" t="s">
-        <v>157</v>
+        <v>230</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B126" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C126">
-        <v>517000</v>
+        <v>529000</v>
       </c>
       <c r="D126" t="s">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="E126" t="s">
-        <v>170</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5">
+      <c r="A127" t="s">
+        <v>232</v>
+      </c>
+      <c r="B127" t="s">
+        <v>6</v>
+      </c>
+      <c r="C127">
+        <v>528000</v>
+      </c>
+      <c r="D127" t="s">
+        <v>37</v>
+      </c>
+      <c r="E127" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5">
+      <c r="A128" t="s">
+        <v>233</v>
+      </c>
+      <c r="B128" t="s">
+        <v>6</v>
+      </c>
+      <c r="C128">
+        <v>526000</v>
+      </c>
+      <c r="D128" t="s">
+        <v>21</v>
+      </c>
+      <c r="E128" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5">
+      <c r="A129" t="s">
+        <v>234</v>
+      </c>
+      <c r="B129" t="s">
+        <v>6</v>
+      </c>
+      <c r="C129">
+        <v>524000</v>
+      </c>
+      <c r="D129" t="s">
+        <v>7</v>
+      </c>
+      <c r="E129" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" t="s">
+        <v>236</v>
+      </c>
+      <c r="B130" t="s">
+        <v>6</v>
+      </c>
+      <c r="C130">
+        <v>520000</v>
+      </c>
+      <c r="D130" t="s">
+        <v>7</v>
+      </c>
+      <c r="E130" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" t="s">
+        <v>237</v>
+      </c>
+      <c r="B131" t="s">
+        <v>6</v>
+      </c>
+      <c r="C131">
+        <v>519000</v>
+      </c>
+      <c r="D131" t="s">
+        <v>7</v>
+      </c>
+      <c r="E131" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5">
+      <c r="A132" t="s">
+        <v>239</v>
+      </c>
+      <c r="B132" t="s">
+        <v>55</v>
+      </c>
+      <c r="C132">
+        <v>507000</v>
+      </c>
+      <c r="D132" t="s">
+        <v>21</v>
+      </c>
+      <c r="E132" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">